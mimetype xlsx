--- v0 (2025-10-22)
+++ v1 (2025-12-26)
@@ -10,74 +10,218 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="254">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>77ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>76ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>75ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>74ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>73ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>72ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>71ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>70ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>69ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>68ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>67ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>66ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>65ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>64ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>63ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>62ª Sessão Ordinária da 18ª Legislatura</t>
+  </si>
+  <si>
     <t>478</t>
   </si>
   <si>
     <t>2025-10-20</t>
-  </si>
-[...1 lines deleted...]
-    <t>18:00</t>
   </si>
   <si>
     <t>61ª Sessão Ordinária da 18ª Legislatura</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>60ª Sessão Ordinária da 18ª Legislatura</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>59ª Sessão Ordinária da 18ª Legislatura</t>
   </si>
   <si>
     <t>475</t>
   </si>
@@ -963,51 +1107,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F67"/>
+  <dimension ref="A1:F83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1396,326 +1540,326 @@
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>72</v>
       </c>
       <c r="B24" t="s">
         <v>73</v>
       </c>
       <c r="C24" t="s">
         <v>7</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
       <c r="F24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>75</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>7</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
       <c r="F25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" t="s">
         <v>79</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" t="s">
+        <v>79</v>
+      </c>
+      <c r="F26" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B27" t="s">
         <v>82</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" t="s">
+        <v>82</v>
+      </c>
+      <c r="F27" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" t="s">
         <v>85</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" t="s">
+        <v>85</v>
+      </c>
+      <c r="F28" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" t="s">
         <v>88</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>90</v>
+      </c>
+      <c r="B30" t="s">
         <v>91</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" t="s">
+        <v>91</v>
+      </c>
+      <c r="F30" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" t="s">
         <v>94</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" t="s">
+        <v>94</v>
+      </c>
+      <c r="F31" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" t="s">
         <v>97</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" t="s">
         <v>100</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F33" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>102</v>
+      </c>
+      <c r="B34" t="s">
         <v>103</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" t="s">
+        <v>103</v>
+      </c>
+      <c r="F34" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>105</v>
+      </c>
+      <c r="B35" t="s">
         <v>106</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" t="s">
+        <v>106</v>
+      </c>
+      <c r="F35" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>108</v>
+      </c>
+      <c r="B36" t="s">
         <v>109</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" t="s">
+        <v>109</v>
+      </c>
+      <c r="F36" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" t="s">
         <v>112</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>114</v>
+      </c>
+      <c r="B38" t="s">
         <v>115</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" t="s">
+        <v>115</v>
+      </c>
+      <c r="F38" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>117</v>
+      </c>
+      <c r="B39" t="s">
         <v>118</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" t="s">
+        <v>118</v>
+      </c>
+      <c r="F39" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>120</v>
+      </c>
+      <c r="B40" t="s">
         <v>121</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" t="s">
+        <v>121</v>
+      </c>
+      <c r="F40" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>123</v>
+      </c>
+      <c r="B41" t="s">
         <v>124</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>125</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F41" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>127</v>
       </c>
       <c r="B42" t="s">
         <v>128</v>
       </c>
       <c r="C42" t="s">
         <v>7</v>
       </c>
       <c r="D42" t="s">
         <v>128</v>
       </c>
       <c r="F42" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>130</v>
@@ -2059,108 +2203,380 @@
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>190</v>
       </c>
       <c r="B63" t="s">
         <v>191</v>
       </c>
       <c r="C63" t="s">
         <v>7</v>
       </c>
       <c r="D63" t="s">
         <v>191</v>
       </c>
       <c r="F63" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>193</v>
       </c>
       <c r="B64" t="s">
         <v>194</v>
       </c>
       <c r="C64" t="s">
-        <v>195</v>
+        <v>7</v>
       </c>
       <c r="D64" t="s">
         <v>194</v>
       </c>
       <c r="F64" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>196</v>
+      </c>
+      <c r="B65" t="s">
         <v>197</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" t="s">
+        <v>197</v>
+      </c>
+      <c r="F65" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
+        <v>199</v>
+      </c>
+      <c r="B66" t="s">
         <v>200</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" t="s">
+        <v>200</v>
+      </c>
+      <c r="F66" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>202</v>
+      </c>
+      <c r="B67" t="s">
         <v>203</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" t="s">
+        <v>203</v>
+      </c>
+      <c r="F67" t="s">
         <v>204</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="F67" t="s">
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
         <v>205</v>
+      </c>
+      <c r="B68" t="s">
+        <v>206</v>
+      </c>
+      <c r="C68" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" t="s">
+        <v>206</v>
+      </c>
+      <c r="F68" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>208</v>
+      </c>
+      <c r="B69" t="s">
+        <v>209</v>
+      </c>
+      <c r="C69" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" t="s">
+        <v>209</v>
+      </c>
+      <c r="F69" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>211</v>
+      </c>
+      <c r="B70" t="s">
+        <v>212</v>
+      </c>
+      <c r="C70" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" t="s">
+        <v>212</v>
+      </c>
+      <c r="F70" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>214</v>
+      </c>
+      <c r="B71" t="s">
+        <v>215</v>
+      </c>
+      <c r="C71" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" t="s">
+        <v>215</v>
+      </c>
+      <c r="F71" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>217</v>
+      </c>
+      <c r="B72" t="s">
+        <v>218</v>
+      </c>
+      <c r="C72" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" t="s">
+        <v>218</v>
+      </c>
+      <c r="F72" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>220</v>
+      </c>
+      <c r="B73" t="s">
+        <v>221</v>
+      </c>
+      <c r="C73" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" t="s">
+        <v>221</v>
+      </c>
+      <c r="F73" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>223</v>
+      </c>
+      <c r="B74" t="s">
+        <v>224</v>
+      </c>
+      <c r="C74" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" t="s">
+        <v>224</v>
+      </c>
+      <c r="F74" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>226</v>
+      </c>
+      <c r="B75" t="s">
+        <v>227</v>
+      </c>
+      <c r="C75" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" t="s">
+        <v>227</v>
+      </c>
+      <c r="F75" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>229</v>
+      </c>
+      <c r="B76" t="s">
+        <v>230</v>
+      </c>
+      <c r="C76" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" t="s">
+        <v>230</v>
+      </c>
+      <c r="F76" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>232</v>
+      </c>
+      <c r="B77" t="s">
+        <v>233</v>
+      </c>
+      <c r="C77" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" t="s">
+        <v>233</v>
+      </c>
+      <c r="F77" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>235</v>
+      </c>
+      <c r="B78" t="s">
+        <v>236</v>
+      </c>
+      <c r="C78" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" t="s">
+        <v>236</v>
+      </c>
+      <c r="F78" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>238</v>
+      </c>
+      <c r="B79" t="s">
+        <v>239</v>
+      </c>
+      <c r="C79" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" t="s">
+        <v>239</v>
+      </c>
+      <c r="F79" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>241</v>
+      </c>
+      <c r="B80" t="s">
+        <v>242</v>
+      </c>
+      <c r="C80" t="s">
+        <v>243</v>
+      </c>
+      <c r="D80" t="s">
+        <v>242</v>
+      </c>
+      <c r="F80" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>245</v>
+      </c>
+      <c r="B81" t="s">
+        <v>246</v>
+      </c>
+      <c r="C81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" t="s">
+        <v>246</v>
+      </c>
+      <c r="F81" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>248</v>
+      </c>
+      <c r="B82" t="s">
+        <v>249</v>
+      </c>
+      <c r="C82" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" t="s">
+        <v>249</v>
+      </c>
+      <c r="F82" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>251</v>
+      </c>
+      <c r="B83" t="s">
+        <v>252</v>
+      </c>
+      <c r="C83" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" t="s">
+        <v>252</v>
+      </c>
+      <c r="F83" t="s">
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>