--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -66,60 +66,60 @@
   <si>
     <t>Proposição aprovada</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 204 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>Autoriza a viagem dos Vereadores Cléber de Souza Ferreira, Cleverton da Silva Salvado e Cristiano Maia Arantes, a Brasília/DF, para tratar de assuntos de interesse do Município e dá outras providências.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Mensagem nº 108 de 2025</t>
   </si>
   <si>
     <t>Pedro Paulo Sad Coelho - Prefeito Municipal</t>
   </si>
   <si>
     <t>Encaminha Veto Total ao Autógrafo n.º 162/2025, de autoria do Vereador Vitor Ralha, que “autoriza o Município de Miguel Pereira a fornecer medicamentos da rede pública municipal de saúde aos usuários que apresentem receitas prescritas por médicos de clínicas particulares, conveniados ou cooperados a planos de saúde, mesmo que não atendidos pelo sus, e dá outras providências”.</t>
   </si>
   <si>
+    <t>Veto distribuído para emissão de parecer</t>
+  </si>
+  <si>
+    <t>Mensagem nº 109 de 2025</t>
+  </si>
+  <si>
+    <t>Encaminha Veto Total ao Autógrafo n.º 172/2025, de autoria do Vereador Vitor Ralha, que “denomina ‘Lizete Fonseca Oliveira’ a praça localizada às margens da linha do trem no bairro Francisco Fragoso”.</t>
+  </si>
+  <si>
     <t>Proposição distribuída às comissões</t>
-  </si>
-[...7 lines deleted...]
-    <t>Proposição aguardando leitura em Plenário</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 203 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização e o controle da utilização de veículos oficiais do Poder Legislativo Municipal, com o objetivo de preservar o patrimônio público e evitar a omissão indevida e consequente prejuízo ao erário, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -428,51 +428,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="40" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="39.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>10191</v>
@@ -528,111 +528,111 @@
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>10190</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>10191</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>7</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>10192</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>10193</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>13</v>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>